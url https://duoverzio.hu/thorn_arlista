--- v0 (2025-10-16)
+++ v1 (2026-03-11)
@@ -1,159 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kardos\Documents\Weblap árlisták\Thorn\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://duoverzio-my.sharepoint.com/personal/kardos_duoverzio_hu/Documents/Weblap árlisták/Thorn/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BC27A22-58CC-42EB-9EF0-EB54590A7266}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="8_{8C36B350-7D77-4E9D-AA42-59388961DA8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C23B7349-DA52-42F0-8D3E-C14609BB7F5F}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="732" uniqueCount="444">
   <si>
     <t>Cikkszám</t>
   </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Gyártó</t>
   </si>
   <si>
     <t>Gyári jel</t>
   </si>
   <si>
     <t>Egység</t>
   </si>
   <si>
     <t>Áregység</t>
   </si>
   <si>
     <t>Nettó listaár, forint</t>
   </si>
   <si>
     <t>Thorn</t>
   </si>
   <si>
     <t>db</t>
   </si>
   <si>
-    <t>AMY VARIO 100 LED DL 700 830/35/40 lámpatest 7W 700lm 830/35/40K</t>
-[...10 lines deleted...]
-  <si>
     <t>ANNA TECO V RECESSED SPRINGS Fix álmennyezet szerelési kit (4db/Kit)</t>
   </si>
   <si>
     <t>ANNA ThornEco 12X3 SURFACE MOUNT BOX Mennyezeti szerelési kit 1214x314x70</t>
   </si>
   <si>
     <t>ANNA ThornEco Q622 SURFACE MOUNT BOX Mennyezeti szerelési kit 640x640x70</t>
   </si>
   <si>
-    <t>ANNA VARIOFLEX 2 12X3 4400 830/35/40 lámpatest</t>
-[...16 lines deleted...]
-  <si>
     <t>BALDER 1745 IP23 12000 840 MB 12000lm 75W 1745x85x52</t>
   </si>
   <si>
     <t>BALDER 1745 IP23 9000 840WB 9000lm 52W 1745x85x52</t>
   </si>
   <si>
     <t>BORIS FLEX L 30000 840 30000/25000/20000lm 195/160/130W 380x130</t>
   </si>
   <si>
-    <t>BORIS FLEX S 20000 840 FLEX1=20.000lm/130W FLEX2=15.000lm/100W FLEX3=12.000lm/78W</t>
-[...1 lines deleted...]
-  <si>
     <t>BORIS FLEX STIRRUP S &amp; L Rögzítőkengyel oldalfalra/mennyezetre történő fix szereléshez</t>
   </si>
   <si>
     <t>BORIS PLUG&amp;PLAY E3 KIT 5.5W LiFePO4 battery PLUG&amp;PLAY-készlet 3h biztonsági világításhoz LiFePO4 battery</t>
   </si>
   <si>
-    <t>BORIS PLUG&amp;PLAY MWS SENSOR GEN2 Microhullámú mozgás és napfényérzékelő szenzor</t>
-[...1 lines deleted...]
-  <si>
     <t>BORIS PLUG&amp;PLAY PIR SENSOR GEN2 Infravörös mozgás és napfényérzékelő szenzor</t>
   </si>
   <si>
     <t>BORIS SENSOR REMOTE CONTROL GEN2 Távirányító a beállítások módosításához</t>
   </si>
   <si>
     <t>ECO EXT INTEGRATOR BETÁP KÁBEL MÁS LÁMPATESTEKHEZ</t>
   </si>
   <si>
     <t>ECO EXTENSION CABLE 10M HOSSZABBÍTÓ KÁBEL 10M</t>
   </si>
   <si>
     <t>ECO EXTENSION CABLE 1M HOSSZABBÍTÓ KÁBEL 1M</t>
   </si>
   <si>
     <t>ECO EXTENSION CABLE 2M HOSSZABBÍTÓ KÁBEL 2M</t>
   </si>
   <si>
     <t>ECO EXTENSION CABLE 5M HOSSZABBÍTÓ KÁBEL 5M</t>
   </si>
   <si>
     <t>ECO MAINS ADAPTOR BETÁP KÁBEL</t>
   </si>
   <si>
     <t>ECO MULTICONNECTOR MULTI CSATLAKOZÓ 6 kiállással</t>
@@ -161,62 +136,50 @@
   <si>
     <t>ECO PC SENSOR Alkony/szürkület érzékelő</t>
   </si>
   <si>
     <t>ECO PIR SENSOR Mozgásérzékelő kiegészítve szürkület érzékeléssel</t>
   </si>
   <si>
     <t>ECO SPARE REMOTE CONTROL Távirányító</t>
   </si>
   <si>
     <t>ECO T-CONNECTOR T-CSATLAKOZÓ</t>
   </si>
   <si>
     <t>ELSA VARIOFLEX 450 800 930/35/40 7/9W 600/800lm 830/35/40K lámpatest</t>
   </si>
   <si>
     <t>ELSA VARIOFLEX 450 800 930/35/40 MWSV 7/9W 600/800lm 830/35/40K lámpatest</t>
   </si>
   <si>
     <t>ELSA VARIOFLEX 600 1200 930/35/40 9/12W 900/1200lm 830/35/40K lámpatest</t>
   </si>
   <si>
     <t>ELSA VARIOFLEX 600 1200 930/35/40 MWS 9/12W 900/1200lm 830/35/40K lámpatest</t>
   </si>
   <si>
-    <t>EMMA VARIO FLEX 600 2000 830/35/40 8/12/16W 1000/1500/2000lm 830/35/40K lámpatest</t>
-[...10 lines deleted...]
-  <si>
     <t>FREJA VARIOFLEX 1200 4200 830/35/40 2100/3150/4200lm 15/22/29W 1255x170x66</t>
   </si>
   <si>
     <t>FREJA VARIOFLEX 1500 7000 830/35/40 3500/5250/7000lm 24/36/47W 1555x170x66</t>
   </si>
   <si>
     <t>HOLLY CONE ROUND DOWN IP65 300 830 lámpatest 5W 300lm 3000K</t>
   </si>
   <si>
     <t>HOLLY CONE ROUND UP/DOWN IP65 500 830 lámpatest 8W 500lm 3000K</t>
   </si>
   <si>
     <t>HOLLY CONE SQUARE DOWN IP65 300 830 lámpatest 5W 300lm 3000K</t>
   </si>
   <si>
     <t>HOLLY CONE SQUARE UP/DOWN IP65 500 830 lámpatest 8W 500lm 3000K</t>
   </si>
   <si>
     <t>HOLLY WALL CAN DOWN IP65 250 830 lámpatest 8W 250lm 3000K</t>
   </si>
   <si>
     <t>IRIS ANTIPANIC SELFTEST E3 LiFePO4</t>
   </si>
   <si>
     <t>IRIS ESCAPE SELFTEST E3 LiFePO4</t>
@@ -227,302 +190,1285 @@
   <si>
     <t>JULIE FLEX 1200 4200 840 4200/3200/2200lm 34W /25W/18W 1235x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 1200 4200 840 DALI 4200lm dimm to 1% 1235x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 1500 6300 840 6300/5200/4200lm 51W /41W/33W 1535x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 1500 6300 840 DALI 6300lm dimm to 1% 1535x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 1500 8600 840 8600/6300/4200lm 72W /50W/33W 1535x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 1500 8600 840 DALI 8600lm dimm to 1% 1535x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 600 2200 840 2200/1600/1000lm 18W/12W/8W 635x94x76</t>
   </si>
   <si>
     <t>JULIE FLEX 600 2200 840 DALI 2200lm dimm to 1% 635x94x76</t>
   </si>
   <si>
-    <t>JUST E3 LINEAR P&amp;P KIT SelfTest LiFePo4 3 órás biztonsági világítási egység (self- and manual test)</t>
-[...16 lines deleted...]
-  <si>
     <t>LARA VARIOFLEX 300 2200 830/35/40 10/16/20W 1000/1600/2000lm 830/35/40K lámpatest</t>
   </si>
   <si>
-    <t>LARA VARIOFLEX 300 2200 830/35/40 MWS 10/16/20W 1000/1600/2000lm 830/35/40K lámpatest</t>
-[...43 lines deleted...]
-  <si>
     <t>LENA VARIO LED 380 2500 830/35/40 MWS lámpatest 30W 2550lm 830/35/40K</t>
   </si>
   <si>
-    <t>LEO FLEX IP66 120W 840 PC 70/90/120W 10000/12500/15000lm 4000K lámpatest</t>
-[...1 lines deleted...]
-  <si>
     <t>LEO FLEX IP66 190W 840 PC 105/140/190W 15000/20000/25000lm 4000K lámpatest</t>
   </si>
   <si>
     <t>LEO FLEX IP66 300W 840 PC 205/250/300W 30000/35000/40000lm 4000K lámpatest</t>
   </si>
   <si>
-    <t>LEO FLEX IP66 80W 840 PC 55/70/80W 7500/9000/10000lm 4000K lámpatest</t>
-[...1 lines deleted...]
-  <si>
     <t>LEONIE VARIOFLEX IP65 16W 830/35/40 8/12/16W 1000/1500/2000lm 830/35/40K lámpatest</t>
   </si>
   <si>
     <t>LEONIE VARIOFLEX IP65 40W 830/35/40 20/30/40W 2500/3750/5000lm 830/35/40K lámpatest</t>
   </si>
   <si>
     <t>LEONIE VARIOFLEX PLUG&amp;PLAY MWS mozgás érzékelő</t>
   </si>
   <si>
-    <t>LEONIE VARIOFLEX SPIKE földbe szúrható tartó</t>
-[...1 lines deleted...]
-  <si>
     <t>LEONIE VARIOFLEX WALL BRACKET fali tartókar 60cm</t>
   </si>
   <si>
-    <t>LILY LED SPOT IP44 24° 68 600 930 6W 600lm 3000K lámpatest</t>
-[...1 lines deleted...]
-  <si>
     <t>LILY LED SPOT IP44 24° 68 850 930 9W 850lm 3000K lámpatest</t>
   </si>
   <si>
-    <t>LILY LED SPOT IP44 38° 68 850 930 9W 850lm 3000K lámpatest</t>
-[...1 lines deleted...]
-  <si>
     <t>LILY LED SPOT IP44 38° 68 850 930 ADJ WH 9W 850lm 3000K lámpatest</t>
   </si>
   <si>
     <t>LILY LED SPOT IP44 38° 68 850 940 ADJ WH 9W 850lm 4000K lámpatest</t>
   </si>
   <si>
     <t>LILY LED SPOT IP44 60° 68 850 930 9W 850lm 3000K lámpatest</t>
   </si>
   <si>
     <t>LILY PENDANT CAN BLK függesztő szett fekete</t>
   </si>
   <si>
-    <t>LILY PENDANT CAN WH függesztő szett fehér</t>
-[...1 lines deleted...]
-  <si>
     <t>LILY TRIM IP65 WH fix decor keret IP65</t>
   </si>
   <si>
     <t>LILY TRIM ROUND ADJUST BLK kerek decor keret billenthető fekete</t>
   </si>
   <si>
     <t>LILY TRIM ROUND ADJUST WH kerek decor keret billenthető fehér</t>
   </si>
   <si>
     <t>LILY TRIM SQUARE ADJUST BLK szögletes decor keret billenthető fekete</t>
   </si>
   <si>
     <t>LILY TRIM SQUARE ADJUST WH szögletes decor keret billenthető fehér</t>
   </si>
   <si>
-    <t>LUCA L 24° 3200 930 BK 34W 3200lm 3000K lámpatest</t>
-[...4 lines deleted...]
-  <si>
     <t>LUCA L 38° 3200 930 BK 34W 3200lm 3000K lámpatest</t>
   </si>
   <si>
     <t>LUCA L 38° 3200 930 WH 34W 3200lm 3000K lámpatest</t>
   </si>
   <si>
     <t>LUCA L 38° 3200 940 WH 34W 3200lm 4000K lámpatest</t>
   </si>
   <si>
-    <t>LUCA M 24° 2100 930 WH 23W 2100lm 3000K lámpatest</t>
-[...4 lines deleted...]
-  <si>
     <t>LUCA M 38° 2100 930 WH 23W 2100lm 3000K lámpatest</t>
   </si>
   <si>
     <t>LUCA M 38° 2100 940 WH 23W 2100lm 4000K lámpatest</t>
   </si>
   <si>
-    <t>LUCA S 15° 1400 930 WH 15W 1400lm 3000K lámpatest</t>
-[...4 lines deleted...]
-  <si>
     <t>LUCY 1200 LED IP66 4000 830 TW lámpatest</t>
   </si>
   <si>
     <t>LUCY 1200 LED IP66 4000 840 TW lámpatest 40W 4000lm 4000K</t>
   </si>
   <si>
     <t>LUCY 1500 LED IP66 6000 830 TW lámpatest</t>
   </si>
   <si>
     <t>LUCY 1500 LED IP66 6000 840 TW lámpatest 60W 6000lm 4000K</t>
   </si>
   <si>
-    <t>LUCY 1800 LED IP66 8000 840 TW lámpatest 80W 8000lm 4000K</t>
-[...4 lines deleted...]
-  <si>
     <t>MARY GARDEN SPOT IP66 500 830 lámpatest 8W 500lm 3000K</t>
   </si>
   <si>
     <t>MAYA Q596 3500 840 lámpatest 596x596x60</t>
   </si>
   <si>
-    <t>NINA 30M SELFTEST E3 LiFePO4 4 piktogrammal 343x231x45</t>
-[...1 lines deleted...]
-  <si>
     <t>POPPY FLEX 1200 5000 840 lámpatest 1204x71x81</t>
   </si>
   <si>
-    <t>POPPY FLEX 1500 6500 840 lámpatest 1504x71x81</t>
-[...1 lines deleted...]
-  <si>
     <t>POPPY FLEX 1800 8500 840 lámpatest 1766x71x81</t>
   </si>
   <si>
-    <t>POPPY SUSPENSION KIT Függesztő készlet</t>
+    <t>1096218677</t>
+  </si>
+  <si>
+    <t>SWITCHLITE MRE SLD</t>
+  </si>
+  <si>
+    <t>96218677</t>
+  </si>
+  <si>
+    <t>1096242079</t>
+  </si>
+  <si>
+    <t>FORCELED 4000 HFI L840 lámpatest DALI szabályozható</t>
+  </si>
+  <si>
+    <t>96242079</t>
+  </si>
+  <si>
+    <t>1096266200</t>
+  </si>
+  <si>
+    <t>R2L2 S 36L70 NR L730 CL2</t>
+  </si>
+  <si>
+    <t>96266200</t>
+  </si>
+  <si>
+    <t>6308604000</t>
+  </si>
+  <si>
+    <t>96630332</t>
+  </si>
+  <si>
+    <t>6308604001</t>
+  </si>
+  <si>
+    <t>96630333</t>
+  </si>
+  <si>
+    <t>6308604045</t>
+  </si>
+  <si>
+    <t>96633685</t>
+  </si>
+  <si>
+    <t>6308604046</t>
+  </si>
+  <si>
+    <t>96633686</t>
+  </si>
+  <si>
+    <t>6308604066</t>
+  </si>
+  <si>
+    <t>96633683</t>
+  </si>
+  <si>
+    <t>6308604067</t>
+  </si>
+  <si>
+    <t>96633684</t>
+  </si>
+  <si>
+    <t>6308604068</t>
+  </si>
+  <si>
+    <t>96633687</t>
+  </si>
+  <si>
+    <t>6308604073</t>
+  </si>
+  <si>
+    <t>96631867</t>
+  </si>
+  <si>
+    <t>6308604088</t>
+  </si>
+  <si>
+    <t>96633583</t>
+  </si>
+  <si>
+    <t>6308604089</t>
+  </si>
+  <si>
+    <t>ROSY INGROUND IP67 350 830 lámpatest 6W 350lm 3000K</t>
+  </si>
+  <si>
+    <t>96633582</t>
+  </si>
+  <si>
+    <t>6308604090</t>
+  </si>
+  <si>
+    <t>96633588</t>
+  </si>
+  <si>
+    <t>6308604091</t>
+  </si>
+  <si>
+    <t>96633589</t>
+  </si>
+  <si>
+    <t>6308604092</t>
+  </si>
+  <si>
+    <t>96633590</t>
+  </si>
+  <si>
+    <t>6308604093</t>
+  </si>
+  <si>
+    <t>96633591</t>
+  </si>
+  <si>
+    <t>6308604094</t>
+  </si>
+  <si>
+    <t>96633584</t>
+  </si>
+  <si>
+    <t>6308604095</t>
+  </si>
+  <si>
+    <t>96633585</t>
+  </si>
+  <si>
+    <t>6308604096</t>
+  </si>
+  <si>
+    <t>96633586</t>
+  </si>
+  <si>
+    <t>6308604097</t>
+  </si>
+  <si>
+    <t>96633587</t>
+  </si>
+  <si>
+    <t>6308604132</t>
+  </si>
+  <si>
+    <t>JUST E3 Plug&amp;Play Kit SelfTest LiFePo4 Amy Vario, Anna Vario, Zoe Vario, Lily lámpákhoz</t>
+  </si>
+  <si>
+    <t>96634428</t>
+  </si>
+  <si>
+    <t>6308604136</t>
+  </si>
+  <si>
+    <t>96635093</t>
+  </si>
+  <si>
+    <t>6308604137</t>
+  </si>
+  <si>
+    <t>96635094</t>
+  </si>
+  <si>
+    <t>6308604138</t>
+  </si>
+  <si>
+    <t>96633592</t>
+  </si>
+  <si>
+    <t>6308604139</t>
+  </si>
+  <si>
+    <t>96634061</t>
+  </si>
+  <si>
+    <t>6308604140</t>
+  </si>
+  <si>
+    <t>96634062</t>
+  </si>
+  <si>
+    <t>6308604142</t>
+  </si>
+  <si>
+    <t>ZOE VARIO 210 SURFACE MOUNT BOX RAL9003</t>
+  </si>
+  <si>
+    <t>96635258</t>
+  </si>
+  <si>
+    <t>6308604143</t>
+  </si>
+  <si>
+    <t>ROXY 1200 D 4000 840 FLEX lámpatest</t>
+  </si>
+  <si>
+    <t>96634867</t>
+  </si>
+  <si>
+    <t>6308604144</t>
+  </si>
+  <si>
+    <t>ROXY 1500 D 5500 840 FLEX lámpatest</t>
+  </si>
+  <si>
+    <t>96634869</t>
+  </si>
+  <si>
+    <t>6308604145</t>
+  </si>
+  <si>
+    <t>ROXY 1200 D/I 5500 840 FLEX lámpatest</t>
+  </si>
+  <si>
+    <t>96634871</t>
+  </si>
+  <si>
+    <t>6308604146</t>
+  </si>
+  <si>
+    <t>ROXY 1200 ASYM 2000 840 lámpatest</t>
+  </si>
+  <si>
+    <t>96634873</t>
+  </si>
+  <si>
+    <t>6308604147</t>
+  </si>
+  <si>
+    <t>ROXY 1200 D 4000 840 HFIX lámpatest</t>
+  </si>
+  <si>
+    <t>96634868</t>
+  </si>
+  <si>
+    <t>6308604148</t>
+  </si>
+  <si>
+    <t>ROXY 1500 D 5500 840 HFIX lámpatest</t>
+  </si>
+  <si>
+    <t>96634870</t>
+  </si>
+  <si>
+    <t>6308604149</t>
+  </si>
+  <si>
+    <t>ROXY 1200 D/I 5500 840 HFIX lámpatest</t>
+  </si>
+  <si>
+    <t>96634872</t>
+  </si>
+  <si>
+    <t>6308604150</t>
+  </si>
+  <si>
+    <t>ROXY 1200 ASYM 2000 840 HFIX lámpatest</t>
+  </si>
+  <si>
+    <t>96634874</t>
+  </si>
+  <si>
+    <t>6308604151</t>
+  </si>
+  <si>
+    <t>ROXY PIR Plug&amp;Play Mozgás és fényérzékelő modul</t>
+  </si>
+  <si>
+    <t>96634876</t>
+  </si>
+  <si>
+    <t>6308604152</t>
+  </si>
+  <si>
+    <t>ROXY E3 Plug&amp;Play 3 órás vészvilágítási modul</t>
+  </si>
+  <si>
+    <t>96634877</t>
+  </si>
+  <si>
+    <t>6308604153</t>
+  </si>
+  <si>
+    <t>ROXY Suspension Kit Függesztő készlet</t>
+  </si>
+  <si>
+    <t>96634878</t>
+  </si>
+  <si>
+    <t>6308604154</t>
+  </si>
+  <si>
+    <t>ROXY CONNECTOR Toldó elem folyamatos szereléshez</t>
+  </si>
+  <si>
+    <t>96634879</t>
+  </si>
+  <si>
+    <t>6308604155</t>
+  </si>
+  <si>
+    <t>ROXY Wall Brackets Fali tartó  konzol</t>
+  </si>
+  <si>
+    <t>96634875</t>
+  </si>
+  <si>
+    <t>6308604158</t>
+  </si>
+  <si>
+    <t>REPLACEMENT BATTERY FOR 96634428 Plug&amp;Play akkumulátor</t>
+  </si>
+  <si>
+    <t>59011337</t>
+  </si>
+  <si>
+    <t>6308604161</t>
+  </si>
+  <si>
+    <t>96632290</t>
+  </si>
+  <si>
+    <t>6308604162</t>
+  </si>
+  <si>
+    <t>96632291</t>
+  </si>
+  <si>
+    <t>6308604163</t>
+  </si>
+  <si>
+    <t>96632298</t>
+  </si>
+  <si>
+    <t>6308604164</t>
+  </si>
+  <si>
+    <t>96632300</t>
+  </si>
+  <si>
+    <t>6308604165</t>
+  </si>
+  <si>
+    <t>96632301</t>
+  </si>
+  <si>
+    <t>6308604166</t>
+  </si>
+  <si>
+    <t>96632302</t>
+  </si>
+  <si>
+    <t>6308604167</t>
+  </si>
+  <si>
+    <t>96632304</t>
+  </si>
+  <si>
+    <t>6308604174</t>
+  </si>
+  <si>
+    <t>96633278</t>
+  </si>
+  <si>
+    <t>6308604178</t>
+  </si>
+  <si>
+    <t>96633290</t>
+  </si>
+  <si>
+    <t>6308604179</t>
+  </si>
+  <si>
+    <t>LILY PENDANT CAN WH  függesztő szett fehér</t>
+  </si>
+  <si>
+    <t>96633292</t>
+  </si>
+  <si>
+    <t>6308604180</t>
+  </si>
+  <si>
+    <t>96633293</t>
+  </si>
+  <si>
+    <t>6308604183</t>
+  </si>
+  <si>
+    <t>96635286</t>
+  </si>
+  <si>
+    <t>6308604197</t>
+  </si>
+  <si>
+    <t>LEO FLEX IP66 80W 840 PC  55/70/80W 7500/9000/10000lm 4000K lámpatest</t>
+  </si>
+  <si>
+    <t>96635305</t>
+  </si>
+  <si>
+    <t>6308604198</t>
+  </si>
+  <si>
+    <t>LEO FLEX IP66 120W 840 PC  70/90/120W 10000/12500/15000lm 4000K lámpatest</t>
+  </si>
+  <si>
+    <t>96635306</t>
+  </si>
+  <si>
+    <t>6308604199</t>
+  </si>
+  <si>
+    <t>96635307</t>
+  </si>
+  <si>
+    <t>6308604200</t>
+  </si>
+  <si>
+    <t>96635308</t>
+  </si>
+  <si>
+    <t>6308604202</t>
+  </si>
+  <si>
+    <t>LUCA S 38° 1400 930 WH  15W 1400lm 3000K lámpatest</t>
+  </si>
+  <si>
+    <t>96635365</t>
+  </si>
+  <si>
+    <t>6308604204</t>
+  </si>
+  <si>
+    <t>96635367</t>
+  </si>
+  <si>
+    <t>6308604206</t>
+  </si>
+  <si>
+    <t>96635369</t>
+  </si>
+  <si>
+    <t>6308604208</t>
+  </si>
+  <si>
+    <t>LUCA M 38° 2100 930 BK  23W 2100lm 3000K lámpatest</t>
+  </si>
+  <si>
+    <t>96635371</t>
+  </si>
+  <si>
+    <t>6308604210</t>
+  </si>
+  <si>
+    <t>96635373</t>
+  </si>
+  <si>
+    <t>6308604212</t>
+  </si>
+  <si>
+    <t>96635375</t>
+  </si>
+  <si>
+    <t>6308604214</t>
+  </si>
+  <si>
+    <t>96635377</t>
+  </si>
+  <si>
+    <t>6308604218</t>
+  </si>
+  <si>
+    <t>EMMA VARIOFLEX 600 2000 830/35/40 8/12/16W 1000/1500/2000lm 830/35/40K lámpatest</t>
+  </si>
+  <si>
+    <t>96635573</t>
+  </si>
+  <si>
+    <t>6308604219</t>
+  </si>
+  <si>
+    <t>EMMA VARIOFLEX 1200 4000 830/35/40 15/22/30W 2000/3000/4000lm 830/35/40K lámpatest</t>
+  </si>
+  <si>
+    <t>96635574</t>
+  </si>
+  <si>
+    <t>6308604220</t>
+  </si>
+  <si>
+    <t>EMMA VARIOFLEX 1500 6000 830/35/40 22/34/45W 3000/4500/6000lm 830/35/40K lámpatest</t>
+  </si>
+  <si>
+    <t>96635575</t>
+  </si>
+  <si>
+    <t>6308604221</t>
+  </si>
+  <si>
+    <t>EMMA VARIOFLEX SUSPENSION KIT Bowden függesztő készlet</t>
+  </si>
+  <si>
+    <t>96635576</t>
+  </si>
+  <si>
+    <t>6308604222</t>
+  </si>
+  <si>
+    <t>96635647</t>
+  </si>
+  <si>
+    <t>6308604223</t>
+  </si>
+  <si>
+    <t>96635648</t>
+  </si>
+  <si>
+    <t>6308604224</t>
+  </si>
+  <si>
+    <t>LEONIE VARIOFLEX SPIKE  földbe szúrható tartó</t>
+  </si>
+  <si>
+    <t>96635649</t>
+  </si>
+  <si>
+    <t>6308604225</t>
+  </si>
+  <si>
+    <t>96635659</t>
+  </si>
+  <si>
+    <t>6308604226</t>
+  </si>
+  <si>
+    <t>96635660</t>
+  </si>
+  <si>
+    <t>6308604227</t>
+  </si>
+  <si>
+    <t>96635661</t>
+  </si>
+  <si>
+    <t>6308604228</t>
+  </si>
+  <si>
+    <t>96635662</t>
+  </si>
+  <si>
+    <t>6308604229</t>
+  </si>
+  <si>
+    <t>96635663</t>
+  </si>
+  <si>
+    <t>6308604230</t>
+  </si>
+  <si>
+    <t>96635746</t>
+  </si>
+  <si>
+    <t>6308604238</t>
+  </si>
+  <si>
+    <t>THORNECO Q596 SURFACE MOUNT BOX</t>
+  </si>
+  <si>
+    <t>96635585</t>
+  </si>
+  <si>
+    <t>6308604239</t>
+  </si>
+  <si>
+    <t>96635651</t>
+  </si>
+  <si>
+    <t>6308604240</t>
+  </si>
+  <si>
+    <t>96635650</t>
+  </si>
+  <si>
+    <t>6308604241</t>
+  </si>
+  <si>
+    <t>96635652</t>
+  </si>
+  <si>
+    <t>6308604242</t>
+  </si>
+  <si>
+    <t>THORN Eco Sam kijáratjelző lámpatest, saját akkus, LED, 3h</t>
+  </si>
+  <si>
+    <t>96635656</t>
+  </si>
+  <si>
+    <t>6308604243</t>
+  </si>
+  <si>
+    <t>BORIS FLEX S 20000 840  FLEX1=20.000lm/130W FLEX2=15.000lm/100W FLEX3=12.000lm/78W</t>
+  </si>
+  <si>
+    <t>96700008</t>
+  </si>
+  <si>
+    <t>6308604244</t>
+  </si>
+  <si>
+    <t>96635586</t>
+  </si>
+  <si>
+    <t>6308604245</t>
+  </si>
+  <si>
+    <t>96635572</t>
+  </si>
+  <si>
+    <t>6308604246</t>
+  </si>
+  <si>
+    <t>96700023</t>
+  </si>
+  <si>
+    <t>6308604247</t>
+  </si>
+  <si>
+    <t>96700011</t>
+  </si>
+  <si>
+    <t>6308604248</t>
+  </si>
+  <si>
+    <t>96700015</t>
+  </si>
+  <si>
+    <t>6308604249</t>
+  </si>
+  <si>
+    <t>96700019</t>
+  </si>
+  <si>
+    <t>6308604250</t>
+  </si>
+  <si>
+    <t>96700024</t>
+  </si>
+  <si>
+    <t>6308604251</t>
+  </si>
+  <si>
+    <t>96700014</t>
+  </si>
+  <si>
+    <t>6308604252</t>
+  </si>
+  <si>
+    <t>96700018</t>
+  </si>
+  <si>
+    <t>6308604253</t>
+  </si>
+  <si>
+    <t>96700022</t>
+  </si>
+  <si>
+    <t>6308604254</t>
+  </si>
+  <si>
+    <t>JUST E3 LINEAR P&amp;P KIT SelfTest LiFePo4 3 órás biztonsági világítási egység  (self- and manual test)</t>
+  </si>
+  <si>
+    <t>96700027</t>
+  </si>
+  <si>
+    <t>6308604255</t>
+  </si>
+  <si>
+    <t>THORNeco LINEAR SUSPENSION KIT Mennyezeti függesztő készlet</t>
+  </si>
+  <si>
+    <t>96700026</t>
+  </si>
+  <si>
+    <t>6308604256</t>
+  </si>
+  <si>
+    <t>96700009</t>
+  </si>
+  <si>
+    <t>6308604257</t>
+  </si>
+  <si>
+    <t>96635569</t>
+  </si>
+  <si>
+    <t>6308604258</t>
+  </si>
+  <si>
+    <t>96635769</t>
+  </si>
+  <si>
+    <t>6308604259</t>
+  </si>
+  <si>
+    <t>BORIS PLUG&amp;PLAY MWS SENSOR GEN2  Microhullámú mozgás és napfényérzékelő szenzor</t>
+  </si>
+  <si>
+    <t>96635768</t>
+  </si>
+  <si>
+    <t>6308604260</t>
+  </si>
+  <si>
+    <t>96635770</t>
+  </si>
+  <si>
+    <t>6308604261</t>
+  </si>
+  <si>
+    <t>96700010</t>
+  </si>
+  <si>
+    <t>6308604262</t>
+  </si>
+  <si>
+    <t>NINA 30M SELFTEST E3 LiFePO4  4 piktogrammal 343x231x45</t>
+  </si>
+  <si>
+    <t>96635654</t>
+  </si>
+  <si>
+    <t>6308604263</t>
+  </si>
+  <si>
+    <t>96636005</t>
+  </si>
+  <si>
+    <t>6308604264</t>
+  </si>
+  <si>
+    <t>96636006</t>
+  </si>
+  <si>
+    <t>6308604265</t>
+  </si>
+  <si>
+    <t>96634221</t>
+  </si>
+  <si>
+    <t>6308604266</t>
+  </si>
+  <si>
+    <t>96634219</t>
+  </si>
+  <si>
+    <t>6308604279</t>
+  </si>
+  <si>
+    <t>96700007</t>
+  </si>
+  <si>
+    <t>6308604280</t>
+  </si>
+  <si>
+    <t>ZOE VARIOFLEX 130 700 830/35/40 lámpatest 146x27</t>
+  </si>
+  <si>
+    <t>96637118</t>
+  </si>
+  <si>
+    <t>6308604281</t>
+  </si>
+  <si>
+    <t>ZOE VARIOFLEX 165 1000 830/35/40  lámpatest 181x27</t>
+  </si>
+  <si>
+    <t>96637119</t>
+  </si>
+  <si>
+    <t>6308604282</t>
+  </si>
+  <si>
+    <t>ZOE VARIOFLEX 200 2000 830/35/40  lámpatest 221x27</t>
+  </si>
+  <si>
+    <t>96637120</t>
+  </si>
+  <si>
+    <t>6308604283</t>
+  </si>
+  <si>
+    <t>96637592</t>
+  </si>
+  <si>
+    <t>6308604284</t>
+  </si>
+  <si>
+    <t>POPPY FLEX 1500 6500 840  lámpatest 1504x71x81</t>
+  </si>
+  <si>
+    <t>96637593</t>
+  </si>
+  <si>
+    <t>6308604285</t>
+  </si>
+  <si>
+    <t>96637594</t>
+  </si>
+  <si>
+    <t>6308604286</t>
+  </si>
+  <si>
+    <t>96637595</t>
+  </si>
+  <si>
+    <t>6308604287</t>
+  </si>
+  <si>
+    <t>SYLVIE VARIO 68 550 830/35/40 lámpatest d=88</t>
+  </si>
+  <si>
+    <t>96637641</t>
+  </si>
+  <si>
+    <t>6308604288</t>
+  </si>
+  <si>
+    <t>TECO SYLVIE TRIM NIC  csiszolt fém keret</t>
+  </si>
+  <si>
+    <t>96637642</t>
+  </si>
+  <si>
+    <t>6308604291</t>
+  </si>
+  <si>
+    <t>ZOE VARIO 200 2000 830/835/840 DALI lámpatest</t>
+  </si>
+  <si>
+    <t>96637643</t>
+  </si>
+  <si>
+    <t>6308604292</t>
+  </si>
+  <si>
+    <t>TOM VARIOFLEX 2200 830/35/40/57/65 WH lámpatest</t>
+  </si>
+  <si>
+    <t>96637988</t>
+  </si>
+  <si>
+    <t>6308604293</t>
+  </si>
+  <si>
+    <t>TOM VARIOFLEX 2200 830/35/40/57/65 WH MWS lámpatest</t>
+  </si>
+  <si>
+    <t>96637989</t>
+  </si>
+  <si>
+    <t>6308604294</t>
+  </si>
+  <si>
+    <t>AMY VARIOFLEX 100 700 830/35/40 lámpatest</t>
+  </si>
+  <si>
+    <t>96638035</t>
+  </si>
+  <si>
+    <t>6308604295</t>
+  </si>
+  <si>
+    <t>AMY VARIOFLEX 150 1500 830/35/40 lámpatest</t>
+  </si>
+  <si>
+    <t>96638036</t>
+  </si>
+  <si>
+    <t>6308604296</t>
+  </si>
+  <si>
+    <t>AMY VARIOFLEX 200 1950 830/35/40 lámpatest</t>
+  </si>
+  <si>
+    <t>96638037</t>
+  </si>
+  <si>
+    <t>6308604297</t>
+  </si>
+  <si>
+    <t>JUST E3/E3T CIR LiFePO4 F1 3h biztonsági világítási kit (240lm)</t>
+  </si>
+  <si>
+    <t>96638038</t>
+  </si>
+  <si>
+    <t>6308604298</t>
+  </si>
+  <si>
+    <t>AMY VARIOFLEX 190 1950 830/35/40 230x82 lámpatest</t>
+  </si>
+  <si>
+    <t>96638170</t>
+  </si>
+  <si>
+    <t>6308604299</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 Q596 4400 830/35/40 596x596x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638248</t>
+  </si>
+  <si>
+    <t>6308604300</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 Q622 4400 830/35/40 622x622x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638249</t>
+  </si>
+  <si>
+    <t>6308604301</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 12X3 4400 830/35/40 1196x296x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638250</t>
+  </si>
+  <si>
+    <t>6308604302</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 12x6 6600 830/35/40  1196x596x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638246</t>
+  </si>
+  <si>
+    <t>6308604303</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 Q596 4400 830/35/40 DALI  596x596x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638251</t>
+  </si>
+  <si>
+    <t>6308604304</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 Q622 4400 830/35/40 DALI 622x622x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638252</t>
+  </si>
+  <si>
+    <t>6308604305</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 12x3 4400 830/35/40 DALI 1196x296x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638253</t>
+  </si>
+  <si>
+    <t>6308604306</t>
+  </si>
+  <si>
+    <t>ANNA VARIOFLEX 3 12x6 6600 830/35/40 DALI 1196x596x35 lámpatest</t>
+  </si>
+  <si>
+    <t>96638247</t>
+  </si>
+  <si>
+    <t>6308604307</t>
+  </si>
+  <si>
+    <t>TECO PANEL SUSPENSION KIT</t>
+  </si>
+  <si>
+    <t>96638254</t>
+  </si>
+  <si>
+    <t>6308604308</t>
+  </si>
+  <si>
+    <t>ANNA 12X6 SURFACE MOUNT BOX 1200x600x70</t>
+  </si>
+  <si>
+    <t>96701908</t>
+  </si>
+  <si>
+    <t>6308604309</t>
+  </si>
+  <si>
+    <t>TOBY VARIOFLEX M 2000 822/27/30/35/40 231x106x290 lámpatest</t>
+  </si>
+  <si>
+    <t>96637986</t>
+  </si>
+  <si>
+    <t>6308604310</t>
+  </si>
+  <si>
+    <t>TOBY VARIOFLEX M 2000 822/27/30/35/40 PC 231x106x290 lámpatest</t>
+  </si>
+  <si>
+    <t>96637987</t>
+  </si>
+  <si>
+    <t>6308604311</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 300 2400 830/35/40/57/65 300x58 lámpatest</t>
+  </si>
+  <si>
+    <t>96637982</t>
+  </si>
+  <si>
+    <t>6308604312</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 300 2400 830/35/40/57/65 MWS  300x58 lámpatest mozg.érz.</t>
+  </si>
+  <si>
+    <t>96638167</t>
+  </si>
+  <si>
+    <t>6308604313</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 300 2400 830/35/40/57/65 MWSCOR 300x58 lámpatest</t>
+  </si>
+  <si>
+    <t>96637983</t>
+  </si>
+  <si>
+    <t>6308604314</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 360 3500 830/35/40/57/65 360x58 lámpatest</t>
+  </si>
+  <si>
+    <t>96637984</t>
+  </si>
+  <si>
+    <t>6308604315</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 360 3500 830/35/40/57/65 MWS 360x58 lámpatest</t>
+  </si>
+  <si>
+    <t>96638168</t>
+  </si>
+  <si>
+    <t>6308604316</t>
+  </si>
+  <si>
+    <t>LENA VARIOFLEX 360 3500 830/35/40/57/65 MWSCOR 360x58 lámpatest</t>
+  </si>
+  <si>
+    <t>96637985</t>
+  </si>
+  <si>
+    <t>6308604317</t>
+  </si>
+  <si>
+    <t>TOM VARIOFLEX 2200 830/35/40/57/65 WH MWSCOR  313x79 lámpatest</t>
+  </si>
+  <si>
+    <t>96637990</t>
+  </si>
+  <si>
+    <t>6308604318</t>
+  </si>
+  <si>
+    <t>TECO SYLVIE TRIM BLK fekete keret ?88</t>
+  </si>
+  <si>
+    <t>96701907</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$Ft-40E]_-;\-* #,##0.00\ [$Ft-40E]_-;_-* &quot;-&quot;??\ [$Ft-40E]_-;_-@_-"/>
   </numFmts>
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -763,3035 +1709,3429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G129"/>
+  <dimension ref="A1:G146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1:H1048576"/>
+      <selection activeCell="K23" sqref="K23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="99.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="1"/>
-    <col min="7" max="7" width="18.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.7109375" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="1">
-[...2 lines deleted...]
-      <c r="B2" t="s">
+      <c r="A2" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F2" s="5">
+        <v>1</v>
+      </c>
+      <c r="G2" s="6">
+        <v>18370</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F3" s="5">
+        <v>1</v>
+      </c>
+      <c r="G3" s="6">
+        <v>60020</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="5">
+        <v>1</v>
+      </c>
+      <c r="G4" s="6">
+        <v>150990</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" s="5">
+        <v>1</v>
+      </c>
+      <c r="G5" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F6" s="5">
+        <v>1</v>
+      </c>
+      <c r="G6" s="6">
+        <v>37000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="5">
+        <v>1</v>
+      </c>
+      <c r="G7" s="6">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="5">
+        <v>1</v>
+      </c>
+      <c r="G8" s="6">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F9" s="5">
+        <v>1</v>
+      </c>
+      <c r="G9" s="6">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" s="5">
+        <v>1</v>
+      </c>
+      <c r="G10" s="6">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="5">
+        <v>1</v>
+      </c>
+      <c r="G11" s="6">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1</v>
+      </c>
+      <c r="G12" s="6">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" s="5">
+        <v>1</v>
+      </c>
+      <c r="G13" s="6">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1</v>
+      </c>
+      <c r="G14" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" s="5">
+        <v>1</v>
+      </c>
+      <c r="G15" s="6">
+        <v>6500</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F16" s="5">
+        <v>1</v>
+      </c>
+      <c r="G16" s="6">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F17" s="5">
+        <v>1</v>
+      </c>
+      <c r="G17" s="6">
+        <v>6500</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F18" s="5">
+        <v>1</v>
+      </c>
+      <c r="G18" s="6">
+        <v>19980</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1</v>
+      </c>
+      <c r="G19" s="6">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1</v>
+      </c>
+      <c r="G20" s="6">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" s="5">
+        <v>1</v>
+      </c>
+      <c r="G21" s="6">
+        <v>11800</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="5">
+        <v>1</v>
+      </c>
+      <c r="G22" s="6">
+        <v>19800</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F23" s="5">
+        <v>1</v>
+      </c>
+      <c r="G23" s="6">
+        <v>39000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F24" s="5">
+        <v>1</v>
+      </c>
+      <c r="G24" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="5">
+        <v>1</v>
+      </c>
+      <c r="G25" s="6">
+        <v>37000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="5">
+        <v>1</v>
+      </c>
+      <c r="G26" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F27" s="5">
+        <v>1</v>
+      </c>
+      <c r="G27" s="6">
+        <v>26000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F28" s="5">
+        <v>1</v>
+      </c>
+      <c r="G28" s="6">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F29" s="5">
+        <v>1</v>
+      </c>
+      <c r="G29" s="6">
+        <v>8800</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F30" s="5">
+        <v>1</v>
+      </c>
+      <c r="G30" s="6">
+        <v>72000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F31" s="5">
+        <v>1</v>
+      </c>
+      <c r="G31" s="6">
+        <v>93000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F32" s="5">
+        <v>1</v>
+      </c>
+      <c r="G32" s="6">
+        <v>103000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F33" s="5">
+        <v>1</v>
+      </c>
+      <c r="G33" s="6">
+        <v>74000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F34" s="5">
+        <v>1</v>
+      </c>
+      <c r="G34" s="6">
+        <v>100400</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" s="5">
+        <v>1</v>
+      </c>
+      <c r="G35" s="6">
+        <v>122000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F36" s="5">
+        <v>1</v>
+      </c>
+      <c r="G36" s="6">
+        <v>131600</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" s="5">
+        <v>1</v>
+      </c>
+      <c r="G37" s="6">
+        <v>103000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1</v>
+      </c>
+      <c r="G38" s="6">
+        <v>13800</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" s="5">
+        <v>1</v>
+      </c>
+      <c r="G39" s="6">
+        <v>33800</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F40" s="5">
+        <v>1</v>
+      </c>
+      <c r="G40" s="6">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" s="5">
+        <v>1</v>
+      </c>
+      <c r="G41" s="6">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F42" s="5">
+        <v>1</v>
+      </c>
+      <c r="G42" s="6">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" s="5">
+        <v>1</v>
+      </c>
+      <c r="G43" s="6">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F44" s="5">
+        <v>1</v>
+      </c>
+      <c r="G44" s="6">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F45" s="5">
+        <v>1</v>
+      </c>
+      <c r="G45" s="6">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" s="5">
+        <v>1</v>
+      </c>
+      <c r="G46" s="6">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="5">
+        <v>1</v>
+      </c>
+      <c r="G47" s="6">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F48" s="5">
+        <v>1</v>
+      </c>
+      <c r="G48" s="6">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F49" s="5">
+        <v>1</v>
+      </c>
+      <c r="G49" s="6">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F50" s="5">
+        <v>1</v>
+      </c>
+      <c r="G50" s="6">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F51" s="5">
+        <v>1</v>
+      </c>
+      <c r="G51" s="6">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F52" s="5">
+        <v>1</v>
+      </c>
+      <c r="G52" s="6">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F53" s="5">
+        <v>1</v>
+      </c>
+      <c r="G53" s="6">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F54" s="5">
+        <v>1</v>
+      </c>
+      <c r="G54" s="6">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F55" s="5">
+        <v>1</v>
+      </c>
+      <c r="G55" s="6">
+        <v>17800</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F56" s="5">
+        <v>1</v>
+      </c>
+      <c r="G56" s="6">
+        <v>66000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F57" s="5">
+        <v>1</v>
+      </c>
+      <c r="G57" s="6">
+        <v>78000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F58" s="5">
+        <v>1</v>
+      </c>
+      <c r="G58" s="6">
+        <v>116000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F59" s="5">
+        <v>1</v>
+      </c>
+      <c r="G59" s="6">
+        <v>186000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F60" s="5">
+        <v>1</v>
+      </c>
+      <c r="G60" s="6">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F61" s="5">
+        <v>1</v>
+      </c>
+      <c r="G61" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F62" s="5">
+        <v>1</v>
+      </c>
+      <c r="G62" s="6">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F63" s="5">
+        <v>1</v>
+      </c>
+      <c r="G63" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F64" s="5">
+        <v>1</v>
+      </c>
+      <c r="G64" s="6">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F65" s="5">
+        <v>1</v>
+      </c>
+      <c r="G65" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F66" s="5">
+        <v>1</v>
+      </c>
+      <c r="G66" s="6">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F67" s="5">
+        <v>1</v>
+      </c>
+      <c r="G67" s="6">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F68" s="5">
+        <v>1</v>
+      </c>
+      <c r="G68" s="6">
+        <v>27900</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F69" s="5">
+        <v>1</v>
+      </c>
+      <c r="G69" s="6">
+        <v>31900</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F70" s="5">
+        <v>1</v>
+      </c>
+      <c r="G70" s="6">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F71" s="5">
+        <v>1</v>
+      </c>
+      <c r="G71" s="6">
+        <v>17800</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F72" s="5">
+        <v>1</v>
+      </c>
+      <c r="G72" s="6">
+        <v>16400</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F73" s="5">
+        <v>1</v>
+      </c>
+      <c r="G73" s="6">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F74" s="5">
+        <v>1</v>
+      </c>
+      <c r="G74" s="6">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F75" s="5">
+        <v>1</v>
+      </c>
+      <c r="G75" s="6">
+        <v>27000</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F76" s="5">
+        <v>1</v>
+      </c>
+      <c r="G76" s="6">
+        <v>23000</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F77" s="5">
+        <v>1</v>
+      </c>
+      <c r="G77" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F78" s="5">
+        <v>1</v>
+      </c>
+      <c r="G78" s="6">
+        <v>13800</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F79" s="5">
+        <v>1</v>
+      </c>
+      <c r="G79" s="6">
+        <v>13800</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F80" s="5">
+        <v>1</v>
+      </c>
+      <c r="G80" s="6">
+        <v>10400</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F81" s="5">
+        <v>1</v>
+      </c>
+      <c r="G81" s="6">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F82" s="5">
+        <v>1</v>
+      </c>
+      <c r="G82" s="6">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F83" s="5">
+        <v>1</v>
+      </c>
+      <c r="G83" s="6">
+        <v>8400</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F84" s="5">
+        <v>1</v>
+      </c>
+      <c r="G84" s="6">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F85" s="5">
+        <v>1</v>
+      </c>
+      <c r="G85" s="6">
+        <v>64000</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F86" s="5">
+        <v>1</v>
+      </c>
+      <c r="G86" s="6">
+        <v>11800</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F87" s="5">
+        <v>1</v>
+      </c>
+      <c r="G87" s="6">
+        <v>13600</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F88" s="5">
+        <v>1</v>
+      </c>
+      <c r="G88" s="6">
+        <v>15900</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F89" s="5">
+        <v>1</v>
+      </c>
+      <c r="G89" s="6">
+        <v>19900</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F90" s="5">
+        <v>1</v>
+      </c>
+      <c r="G90" s="6">
+        <v>23900</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F91" s="5">
+        <v>1</v>
+      </c>
+      <c r="G91" s="6">
+        <v>28500</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F92" s="5">
+        <v>1</v>
+      </c>
+      <c r="G92" s="6">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F93" s="5">
+        <v>1</v>
+      </c>
+      <c r="G93" s="6">
+        <v>37000</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F94" s="5">
+        <v>1</v>
+      </c>
+      <c r="G94" s="6">
+        <v>41000</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F95" s="5">
+        <v>1</v>
+      </c>
+      <c r="G95" s="6">
+        <v>45000</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F96" s="5">
+        <v>1</v>
+      </c>
+      <c r="G96" s="6">
+        <v>35400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F97" s="5">
+        <v>1</v>
+      </c>
+      <c r="G97" s="6">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1</v>
+      </c>
+      <c r="G98" s="6">
+        <v>84000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F99" s="5">
+        <v>1</v>
+      </c>
+      <c r="G99" s="6">
+        <v>62500</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F100" s="5">
+        <v>1</v>
+      </c>
+      <c r="G100" s="6">
+        <v>13000</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F101" s="5">
+        <v>1</v>
+      </c>
+      <c r="G101" s="6">
+        <v>13000</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F102" s="5">
+        <v>1</v>
+      </c>
+      <c r="G102" s="6">
+        <v>16000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F103" s="5">
+        <v>1</v>
+      </c>
+      <c r="G103" s="6">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F104" s="5">
+        <v>1</v>
+      </c>
+      <c r="G104" s="6">
+        <v>23000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F105" s="5">
+        <v>1</v>
+      </c>
+      <c r="G105" s="6">
+        <v>39500</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F106" s="5">
+        <v>1</v>
+      </c>
+      <c r="G106" s="6">
+        <v>54900</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F107" s="5">
+        <v>1</v>
+      </c>
+      <c r="G107" s="6">
+        <v>85000</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F108" s="5">
+        <v>1</v>
+      </c>
+      <c r="G108" s="6">
+        <v>95000</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B109" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
-[...34 lines deleted...]
-      <c r="G3" s="3">
+      <c r="C109" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F109" s="5">
+        <v>1</v>
+      </c>
+      <c r="G109" s="6">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F110" s="5">
+        <v>1</v>
+      </c>
+      <c r="G110" s="6">
+        <v>9800</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F111" s="5">
+        <v>1</v>
+      </c>
+      <c r="G111" s="6">
+        <v>11400</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F112" s="5">
+        <v>1</v>
+      </c>
+      <c r="G112" s="6">
+        <v>13400</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F113" s="5">
+        <v>1</v>
+      </c>
+      <c r="G113" s="6">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F114" s="5">
+        <v>1</v>
+      </c>
+      <c r="G114" s="6">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F115" s="5">
+        <v>1</v>
+      </c>
+      <c r="G115" s="6">
+        <v>35000</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F116" s="5">
+        <v>1</v>
+      </c>
+      <c r="G116" s="6">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F117" s="5">
+        <v>1</v>
+      </c>
+      <c r="G117" s="6">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F118" s="5">
+        <v>1</v>
+      </c>
+      <c r="G118" s="6">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F119" s="5">
+        <v>1</v>
+      </c>
+      <c r="G119" s="6">
+        <v>30900</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F120" s="5">
+        <v>1</v>
+      </c>
+      <c r="G120" s="6">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F121" s="5">
+        <v>1</v>
+      </c>
+      <c r="G121" s="6">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F122" s="5">
+        <v>1</v>
+      </c>
+      <c r="G122" s="6">
+        <v>11400</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F123" s="5">
+        <v>1</v>
+      </c>
+      <c r="G123" s="6">
         <v>14400</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G4" s="3">
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F124" s="5">
+        <v>1</v>
+      </c>
+      <c r="G124" s="6">
+        <v>16400</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F125" s="5">
+        <v>1</v>
+      </c>
+      <c r="G125" s="6">
+        <v>23900</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F126" s="5">
+        <v>1</v>
+      </c>
+      <c r="G126" s="6">
         <v>15400</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-[...340 lines deleted...]
-      <c r="G19" s="3">
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F127" s="5">
+        <v>1</v>
+      </c>
+      <c r="G127" s="6">
+        <v>23900</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F128" s="5">
+        <v>1</v>
+      </c>
+      <c r="G128" s="6">
+        <v>26900</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F129" s="5">
+        <v>1</v>
+      </c>
+      <c r="G129" s="6">
+        <v>25900</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F130" s="5">
+        <v>1</v>
+      </c>
+      <c r="G130" s="6">
+        <v>45900</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F131" s="5">
+        <v>1</v>
+      </c>
+      <c r="G131" s="6">
+        <v>45900</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F132" s="5">
+        <v>1</v>
+      </c>
+      <c r="G132" s="6">
+        <v>48900</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F133" s="5">
+        <v>1</v>
+      </c>
+      <c r="G133" s="6">
+        <v>47900</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F134" s="5">
+        <v>1</v>
+      </c>
+      <c r="G134" s="6">
+        <v>67900</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F135" s="5">
+        <v>1</v>
+      </c>
+      <c r="G135" s="6">
         <v>3000</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
-[...432 lines deleted...]
-      <c r="G38" s="3">
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F136" s="5">
+        <v>1</v>
+      </c>
+      <c r="G136" s="6">
+        <v>15800</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F137" s="5">
+        <v>1</v>
+      </c>
+      <c r="G137" s="6">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F138" s="5">
+        <v>1</v>
+      </c>
+      <c r="G138" s="6">
         <v>27800</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
-[...340 lines deleted...]
-      <c r="G53" s="3">
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F139" s="5">
+        <v>1</v>
+      </c>
+      <c r="G139" s="6">
+        <v>13900</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A140" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F140" s="5">
+        <v>1</v>
+      </c>
+      <c r="G140" s="6">
+        <v>20900</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="B141" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F141" s="5">
+        <v>1</v>
+      </c>
+      <c r="G141" s="6">
+        <v>25900</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F142" s="5">
+        <v>1</v>
+      </c>
+      <c r="G142" s="6">
         <v>19900</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
-[...1744 lines deleted...]
-        <v>1600</v>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="B143" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="C143" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F143" s="5">
+        <v>1</v>
+      </c>
+      <c r="G143" s="6">
+        <v>26900</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F144" s="5">
+        <v>1</v>
+      </c>
+      <c r="G144" s="6">
+        <v>33900</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B145" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="C145" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F145" s="5">
+        <v>1</v>
+      </c>
+      <c r="G145" s="6">
+        <v>32000</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F146" s="5">
+        <v>1</v>
+      </c>
+      <c r="G146" s="6">
+        <v>1500</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H170">
+    <sortCondition ref="A2:A170"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>