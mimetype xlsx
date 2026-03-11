--- v0 (2025-10-16)
+++ v1 (2026-03-11)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://duoverzio-my.sharepoint.com/personal/pinkert_duoverzio_hu/Documents/ASZTALIPC/duoar/A cikkek általános kezelése/Árjegyzékek/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://duoverzio-my.sharepoint.com/personal/kardos_duoverzio_hu/Documents/Weblap árlisták/Dymo/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="12" documentId="8_{FF190079-D7B2-4A4C-8540-A910503DCB32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{79035309-1FE2-471E-AE85-C370267DDE9D}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{EC8A42B2-AD20-449F-B8D1-4E4F6854E774}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3C4471A3-4C75-4A71-8587-3015A70CC709}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{E741935F-C2E8-49FE-AE69-48FA0B7C4484}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{E741935F-C2E8-49FE-AE69-48FA0B7C4484}"/>
   </bookViews>
   <sheets>
     <sheet name="Munka1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="675" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="951" uniqueCount="576">
   <si>
     <t>Cikkszám</t>
   </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Gyártó</t>
   </si>
   <si>
     <t>Gyári jel</t>
   </si>
   <si>
     <t>Egység</t>
   </si>
   <si>
     <t>Nettó listaár, forint</t>
   </si>
   <si>
     <t>Akkumulátor LM Pnp és LM 280-as nyomtatókhoz</t>
   </si>
   <si>
     <t>Dymo</t>
   </si>
   <si>
@@ -110,191 +110,158 @@
   <si>
     <t>DYMO hálózati adapter</t>
   </si>
   <si>
     <t>S0721440</t>
   </si>
   <si>
     <t>Dymo ID1 nylon kazetta 19mmx3,5m fekete/fehér</t>
   </si>
   <si>
     <t>S0718120</t>
   </si>
   <si>
     <t>DYMO LABELWRITER 5XL</t>
   </si>
   <si>
     <t>DYMO LABELWRITER 550</t>
   </si>
   <si>
     <t>DYMO LABELWRITER 550 TURBO</t>
   </si>
   <si>
     <t>Dymo Letra Tag 100H elektromos felíratozó</t>
   </si>
   <si>
-    <t>DYMO LM 160 nyomtató 3d 4013-as kazettával</t>
-[...1 lines deleted...]
-  <si>
     <t>Dymo LM 280 készlet kofferben</t>
   </si>
   <si>
     <t>DYMO LM 500TS érintőképernyős feliratozógép-QWERTY</t>
   </si>
   <si>
     <t>S0946430</t>
   </si>
   <si>
     <t>Dymo LM280 címkenyomtató QWERTY</t>
   </si>
   <si>
     <t>S0968940</t>
   </si>
   <si>
     <t>DYMO LW 4XL etikettnyomtató</t>
   </si>
   <si>
     <t>S0904950</t>
   </si>
   <si>
     <t>DYMO LW 450 TWIN Turbo etikettnyomtató</t>
   </si>
   <si>
     <t>S0838880</t>
   </si>
   <si>
-    <t>DYMO LW450 DUO etikettnyomtató</t>
-[...4 lines deleted...]
-  <si>
     <t>DYMO LW450 etikettnyomtató</t>
   </si>
   <si>
     <t>S0838780</t>
   </si>
   <si>
     <t>DYMO M11 ipari betűnyomógép</t>
   </si>
   <si>
     <t>S0720090</t>
   </si>
   <si>
     <t>DYMO Omega betűnyomógép 9mm</t>
   </si>
   <si>
     <t>S0717930</t>
   </si>
   <si>
-    <t>DYMO tartós D1 szalag (12 mm x 5,5 M), fekete fehéren ÚJ TERMÉK!</t>
-[...1 lines deleted...]
-  <si>
     <t>DYMO tartós D1 szalag (12 mm x 3 M), fehér a feketén ÚJ TERMÉK!</t>
   </si>
   <si>
     <t>DYMO tartós D1 szalag (12 mm x 3 M), fehér piroson ÚJ TERMÉK!</t>
   </si>
   <si>
     <t>DYMO tartós D1 szalag (12 mm x 3 M), fekete narancssárgán ÚJ TERMÉK!</t>
   </si>
   <si>
     <t>DYMO XTL (12 mm) fekete/fehér, 2,7m</t>
   </si>
   <si>
     <t>DYMO XTL (24 mm) fekete/fehér, 2,7m</t>
   </si>
   <si>
     <t>DYMO XTL (6 mm) fekete/fehér, 2,7m</t>
   </si>
   <si>
-    <t>Dymo 2084401 fekete/ezüst</t>
-[...1 lines deleted...]
-  <si>
     <t>DYMO 3D betűnyomó szalag 1 tekercs 9mm x 3m fekete</t>
   </si>
   <si>
     <t>S0898130</t>
   </si>
   <si>
     <t>DYMO 3D betűnyomó szalag 1 tekercs 9mm x 3m kék</t>
   </si>
   <si>
     <t>S0898140</t>
   </si>
   <si>
     <t>DYMO 3D betűnyomó szalag 1 tekercs 9mm x 3m piros</t>
   </si>
   <si>
     <t>S0898150</t>
   </si>
   <si>
-    <t>DYMO 3D betűnyomó szalag 1 tekercs 9mm x 3m zöld</t>
-[...4 lines deleted...]
-  <si>
     <t>D1 kazetta , 6mm x7m, fekete/fehér</t>
   </si>
   <si>
     <t>S0720780</t>
   </si>
   <si>
     <t>D1 kazetta , 6mm x7m, fekete/sárga</t>
   </si>
   <si>
     <t>S0720790</t>
   </si>
   <si>
     <t>D1 kazetta , 6mm x7m, fekete/víztiszta</t>
   </si>
   <si>
     <t>S0720770</t>
   </si>
   <si>
-    <t>D1 kazetta, 9mm x7m, fekete/kék</t>
-[...1 lines deleted...]
-  <si>
     <t>S0720710</t>
   </si>
   <si>
-    <t>D1 kazetta, 9mm x7m, fekete/piros</t>
-[...1 lines deleted...]
-  <si>
     <t>S0720720</t>
   </si>
   <si>
-    <t>D1 kazetta, 9mm x7m, fekete/sárga</t>
-[...1 lines deleted...]
-  <si>
     <t>S0720730</t>
   </si>
   <si>
-    <t>D1 kazetta, 9mm x7m, fekete/zöld</t>
-[...1 lines deleted...]
-  <si>
     <t>S0720740</t>
   </si>
   <si>
     <t>D1 kazetta, 12mm x7m, fehér/fekete</t>
   </si>
   <si>
     <t>S0720610</t>
   </si>
   <si>
     <t>D1 kazetta, 12mm x7m, fehér/víztiszta</t>
   </si>
   <si>
     <t>S0720600</t>
   </si>
   <si>
     <t>D1 kazetta, 12mm x7m, fekete/fehér</t>
   </si>
   <si>
     <t>S0720530</t>
   </si>
   <si>
     <t>D1 kazetta, 12mm x7m, fekete/kék</t>
   </si>
   <si>
     <t>S0720560</t>
@@ -617,254 +584,230 @@
   <si>
     <t>S0915360</t>
   </si>
   <si>
     <t>LabelManager 420P nyomtató</t>
   </si>
   <si>
     <t>S0915470</t>
   </si>
   <si>
     <t>LabelManager 420P nyomtató készlet</t>
   </si>
   <si>
     <t>S0915480</t>
   </si>
   <si>
     <t>LabelWriter címetikett, fehér, 54x25mm (500db/doboz)</t>
   </si>
   <si>
     <t>S0722520</t>
   </si>
   <si>
     <t>LabelWriter Wifi</t>
   </si>
   <si>
-    <t>LETRATAG kazetta műanyag, 12mmx4m, fehér</t>
-[...1 lines deleted...]
-  <si>
     <t>S0721660</t>
   </si>
   <si>
     <t>LETRATAG kazetta műanyag, 12mmx4m, kék</t>
   </si>
   <si>
     <t>LETRATAG kazetta műanyag, 12mmx4m, metál ezüst</t>
   </si>
   <si>
     <t>LETRATAG kazetta műanyag, 12mmx4m, piros</t>
   </si>
   <si>
     <t>LETRATAG kazetta műanyag, 12mmx4m, sárga</t>
   </si>
   <si>
     <t>S0721620</t>
   </si>
   <si>
     <t>LETRATAG kazetta műanyag, 12mmx4m, zöld</t>
   </si>
   <si>
     <t>LETRATAG kazetta papír, 12mmx4m, fehér</t>
   </si>
   <si>
     <t>S0721510</t>
   </si>
   <si>
     <t>LetraTAG szalag, műanyag, 12mm, víztiszta</t>
   </si>
   <si>
     <t>LM 210 asztali nyomtató készlet</t>
   </si>
   <si>
     <t>LM 210D nyomtató</t>
   </si>
   <si>
     <t>S0784450</t>
   </si>
   <si>
     <t>LW etikett, fehér karton, névkitűző, NEM ÖNTAPADÓ!, 300db 89mmx51mm</t>
   </si>
   <si>
     <t>S0929100</t>
   </si>
   <si>
-    <t>LW etikett, PIROS papír, 101x54mm 220et./tekercs</t>
-[...1 lines deleted...]
-  <si>
     <t>LW etikett, SÁRGA papír, 101x54mm 220et./tekercs</t>
   </si>
   <si>
     <t>LW etikett, univerzális, 750db, 25mmx25mm</t>
   </si>
   <si>
     <t>S0929120</t>
   </si>
   <si>
     <t>LW NAGY KAPACITÁSÚ CÍMKÉK 102x59 mm (4XL modellhez)</t>
   </si>
   <si>
     <t>S0947420</t>
   </si>
   <si>
     <t>LW nyomtatószerver</t>
   </si>
   <si>
     <t>S0929080</t>
   </si>
   <si>
     <t>LW XXL etikett LW4XL géphez</t>
   </si>
   <si>
     <t>S0904980</t>
   </si>
   <si>
-    <t>M1 postai mérleg 1 kg-ig</t>
-[...4 lines deleted...]
-  <si>
     <t>M10 postai mérleg 10 kg-ig</t>
   </si>
   <si>
     <t>S0929010</t>
   </si>
   <si>
     <t>M11 alumínium szalag ipari betűnyomógéphez</t>
   </si>
   <si>
     <t>S0720160</t>
   </si>
   <si>
     <t>M11 öntapadós alumínium szalag ipari betűnyomógéphez</t>
   </si>
   <si>
     <t>S0720180</t>
   </si>
   <si>
     <t>M11 rozsdamentes acélszalag ipari betűnyomógéphez</t>
   </si>
   <si>
     <t>S0720170</t>
   </si>
   <si>
     <t>M2 postai mérleg 2 kg-ig</t>
   </si>
   <si>
     <t>S0928990</t>
   </si>
   <si>
     <t>M5 postai mérleg 5 kg-ig</t>
   </si>
   <si>
     <t>S0929000</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 12 mm fehér/zöld</t>
   </si>
   <si>
-    <t>RHINO színes PVC szalag 12mm fehér/fekete</t>
-[...1 lines deleted...]
-  <si>
     <t>RHINO színes PVC szalag 12mm fehér/kék</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 12mm fehér/piros</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 19mm fehér/fekete</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 19mm fehér/kék</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 19mm fehér/piros</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 19mm fehér/zöld</t>
   </si>
   <si>
-    <t>RHINO színes PVC szalag 19mm fekete/szürke</t>
-[...1 lines deleted...]
-  <si>
     <t>RHINO színes PVC szalag 24 mm fekete/szürke</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 24mm fehér/barna</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 24mm fehér/fekete</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 24mm fekete/fehér</t>
   </si>
   <si>
     <t>RHINO színes PVC szalag 24mm fekete/sárga</t>
   </si>
   <si>
-    <t>RHINO színes PVC szalag 9mm fehér/fekete</t>
-[...1 lines deleted...]
-  <si>
     <t>Rhino színes vinyl szalag, 12mm x5,5m, fekete/fehér</t>
   </si>
   <si>
     <t>S0718600</t>
   </si>
   <si>
     <t>Rhino színes vinyl szalag, 12mm x5,5m, narancs</t>
   </si>
   <si>
     <t>S0718490</t>
   </si>
   <si>
     <t>Rhino színes vinyl szalag, 12mm x5,5m,fekete/sárga</t>
   </si>
   <si>
     <t>S0718450</t>
   </si>
   <si>
     <t>Rhino színes vinyl szalag, 19mm x5,5m, fekete/fehér</t>
   </si>
   <si>
     <t>S0718620</t>
   </si>
   <si>
     <t>Rhino színes vinyl szalag, 19mm x5,5m, fekete/sárga</t>
   </si>
   <si>
     <t>S0718470</t>
   </si>
   <si>
     <t>Rhino színes vinyl szalag, 19mm x5,5m, narancs</t>
   </si>
   <si>
     <t>S0718500</t>
   </si>
   <si>
-    <t>Rhino színes vinyl szalag, 9mm x5,5m, fekete/fehér</t>
-[...1 lines deleted...]
-  <si>
     <t>S0718580</t>
   </si>
   <si>
     <t>RHINO tartós poliészter szalag 12 mm fekete/víztiszta</t>
   </si>
   <si>
     <t>RHINO tartós poliészter szalag 19mm fekete/víztiszta</t>
   </si>
   <si>
     <t>RHINO tartós poliészter szalag 6mm fekete/fehér</t>
   </si>
   <si>
     <t>RHINO tartós poliészter szalag 6mm fekete/metál</t>
   </si>
   <si>
     <t>Rhino zsugorcső, 12mm x1,5m fekete/fehér (átmérő: 2,97mm-5,13mm)</t>
   </si>
   <si>
     <t>S0718300</t>
   </si>
   <si>
     <t>Rhino zsugorcső, 12mm x1,5m,fekete/sárga (átmérő: 2,97mm-5,13mm)</t>
   </si>
   <si>
     <t>S0718310</t>
@@ -899,250 +842,1095 @@
   <si>
     <t>S0718290</t>
   </si>
   <si>
     <t>Rhino zsugorcső, 9mm x1,5mfekete/fehér (átmérő: 1,73mm-3,73mm)</t>
   </si>
   <si>
     <t>S0718280</t>
   </si>
   <si>
     <t>Rhino 4200 nyomtató</t>
   </si>
   <si>
     <t>S0955980</t>
   </si>
   <si>
     <t>Rhino 4200 nyomtató készlet</t>
   </si>
   <si>
     <t>Rhino 5200 feliratozógép</t>
   </si>
   <si>
     <t>S0841490</t>
   </si>
   <si>
-    <t>Rhino 5200 készlet + 5 kazetta</t>
-[...1 lines deleted...]
-  <si>
     <t>S0841430</t>
   </si>
   <si>
     <t>Rhino 5200-höz újratölthető akkumulátor készlet</t>
   </si>
   <si>
     <t>S0895840</t>
   </si>
   <si>
     <t>Rhino 6000 ID1 nylon kazetta, 24mm x3,5m, fehér</t>
   </si>
   <si>
     <t>S0773840</t>
   </si>
   <si>
     <t>Rhino 6000 ID1 nylon kazetta, 24mm x3,5m, sárga</t>
   </si>
   <si>
     <t>S0773850</t>
   </si>
   <si>
     <t>Rhino 6000 ID1 poliészter kazetta, 24mm x5,5m, fehér</t>
   </si>
   <si>
     <t>S0773830</t>
   </si>
   <si>
     <t>RHINO 6000+ készlet táskában</t>
   </si>
   <si>
     <t>Rhino 6000 Színes vinyl szalag, 24mm, fehér</t>
   </si>
   <si>
     <t>S0773860</t>
   </si>
   <si>
-    <t>Tartós címke (25mm x 89mm) ÚJ TERMÉK! 700 címke/tekercs</t>
-[...1 lines deleted...]
-  <si>
     <t>Tartós, extra nagy szállítmányozási címke (104mm x 159mm) csak 4XL géppel kompatibilis ÚJ TERMÉK! 200 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós, közepes többcélú címke (57mm x 32mm) ÚJ TERMÉK! 800 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós, nagy címke (59mm x 190mm) ÚJ TERMÉK! 1740 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós négyzet alakú, többcélú címke (25mm x 25mm) ÚJ TERMÉK! 1700 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós szállítmányozási címke (59mm x 102mm) ÚJ TERMÉK! 300 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós, többcélú címke, kicsi doboz (25mm x 54mm) ÚJ TERMÉK! 160 címke/tekercs</t>
   </si>
   <si>
     <t>Tartós vonalkód címke (19mm x 64mm) ÚJ TERMÉK! 900 címke/tekercs</t>
   </si>
   <si>
     <t>Többfunkciós címke, 24x12mm (1000db)</t>
   </si>
   <si>
     <t>S0722530</t>
   </si>
   <si>
     <t>Zsugorcső, 24mmx1,5m fekete/fehér</t>
   </si>
   <si>
     <t>Zsugorcső, 24mmx1,5m fekete/sárga</t>
   </si>
   <si>
     <t>3 darabos LetraTag kazetta csomag (papír fehér, sárga műanyag, szürke műanyag</t>
   </si>
   <si>
     <t>S0721800</t>
+  </si>
+  <si>
+    <t>6300108001</t>
+  </si>
+  <si>
+    <t>6300108003</t>
+  </si>
+  <si>
+    <t>6300108005</t>
+  </si>
+  <si>
+    <t>6300108006</t>
+  </si>
+  <si>
+    <t>6300108007</t>
+  </si>
+  <si>
+    <t>6300108008</t>
+  </si>
+  <si>
+    <t>6300108009</t>
+  </si>
+  <si>
+    <t>6300108010</t>
+  </si>
+  <si>
+    <t>6300108011</t>
+  </si>
+  <si>
+    <t>6300108012</t>
+  </si>
+  <si>
+    <t>6300108013</t>
+  </si>
+  <si>
+    <t>6300108015</t>
+  </si>
+  <si>
+    <t>6300108016</t>
+  </si>
+  <si>
+    <t>6300108017</t>
+  </si>
+  <si>
+    <t>6300108018</t>
+  </si>
+  <si>
+    <t>6300108019</t>
+  </si>
+  <si>
+    <t>6300108020</t>
+  </si>
+  <si>
+    <t>6300108021</t>
+  </si>
+  <si>
+    <t>6300108023</t>
+  </si>
+  <si>
+    <t>6300108024</t>
+  </si>
+  <si>
+    <t>6300108025</t>
+  </si>
+  <si>
+    <t>6300108027</t>
+  </si>
+  <si>
+    <t>6300108031</t>
+  </si>
+  <si>
+    <t>6300108036</t>
+  </si>
+  <si>
+    <t>6300108040</t>
+  </si>
+  <si>
+    <t>6300108041</t>
+  </si>
+  <si>
+    <t>Rhino 5200 készlet +  5 kazetta</t>
+  </si>
+  <si>
+    <t>6300108042</t>
+  </si>
+  <si>
+    <t>6300108044</t>
+  </si>
+  <si>
+    <t>6300108045</t>
+  </si>
+  <si>
+    <t>6300108046</t>
+  </si>
+  <si>
+    <t>6300108047</t>
+  </si>
+  <si>
+    <t>6300108048</t>
+  </si>
+  <si>
+    <t>6300108049</t>
+  </si>
+  <si>
+    <t>6300108050</t>
+  </si>
+  <si>
+    <t>6300108051</t>
+  </si>
+  <si>
+    <t>6300108052</t>
+  </si>
+  <si>
+    <t>6300108053</t>
+  </si>
+  <si>
+    <t>6300108054</t>
+  </si>
+  <si>
+    <t>6300108055</t>
+  </si>
+  <si>
+    <t>6300108056</t>
+  </si>
+  <si>
+    <t>6300108057</t>
+  </si>
+  <si>
+    <t>6300108058</t>
+  </si>
+  <si>
+    <t>6300108059</t>
+  </si>
+  <si>
+    <t>D1 kazetta,  9mm x7m, fekete/kék</t>
+  </si>
+  <si>
+    <t>6300108060</t>
+  </si>
+  <si>
+    <t>D1 kazetta,  9mm x7m, fekete/piros</t>
+  </si>
+  <si>
+    <t>6300108061</t>
+  </si>
+  <si>
+    <t>D1 kazetta,  9mm x7m, fekete/sárga</t>
+  </si>
+  <si>
+    <t>6300108062</t>
+  </si>
+  <si>
+    <t>D1 kazetta,  9mm x7m, fekete/zöld</t>
+  </si>
+  <si>
+    <t>6300108063</t>
+  </si>
+  <si>
+    <t>6300108064</t>
+  </si>
+  <si>
+    <t>6300108065</t>
+  </si>
+  <si>
+    <t>6300108066</t>
+  </si>
+  <si>
+    <t>6300108067</t>
+  </si>
+  <si>
+    <t>6300108068</t>
+  </si>
+  <si>
+    <t>6300108070</t>
+  </si>
+  <si>
+    <t>6300108071</t>
+  </si>
+  <si>
+    <t>6300108072</t>
+  </si>
+  <si>
+    <t>6300108073</t>
+  </si>
+  <si>
+    <t>6300108074</t>
+  </si>
+  <si>
+    <t>6300108075</t>
+  </si>
+  <si>
+    <t>6300108076</t>
+  </si>
+  <si>
+    <t>6300108077</t>
+  </si>
+  <si>
+    <t>6300108078</t>
+  </si>
+  <si>
+    <t>6300108079</t>
+  </si>
+  <si>
+    <t>6300108080</t>
+  </si>
+  <si>
+    <t>6300108081</t>
+  </si>
+  <si>
+    <t>6300108082</t>
+  </si>
+  <si>
+    <t>6300108083</t>
+  </si>
+  <si>
+    <t>6300108084</t>
+  </si>
+  <si>
+    <t>6300108085</t>
+  </si>
+  <si>
+    <t>6300108087</t>
+  </si>
+  <si>
+    <t>6300108088</t>
+  </si>
+  <si>
+    <t>6300108089</t>
+  </si>
+  <si>
+    <t>6300108093</t>
+  </si>
+  <si>
+    <t>6300108094</t>
+  </si>
+  <si>
+    <t>6300108097</t>
+  </si>
+  <si>
+    <t>6300108098</t>
+  </si>
+  <si>
+    <t>6300108099</t>
+  </si>
+  <si>
+    <t>6300108100</t>
+  </si>
+  <si>
+    <t>6300108101</t>
+  </si>
+  <si>
+    <t>6300108102</t>
+  </si>
+  <si>
+    <t>6300108103</t>
+  </si>
+  <si>
+    <t>6300108104</t>
+  </si>
+  <si>
+    <t>6300108105</t>
+  </si>
+  <si>
+    <t>6300108107</t>
+  </si>
+  <si>
+    <t>6300108108</t>
+  </si>
+  <si>
+    <t>6300108109</t>
+  </si>
+  <si>
+    <t>ID1-es  színes vinyl szalag, 9mm x5,5m, fekete/fehér 18443</t>
+  </si>
+  <si>
+    <t>6300108110</t>
+  </si>
+  <si>
+    <t>6300108111</t>
+  </si>
+  <si>
+    <t>6300108113</t>
+  </si>
+  <si>
+    <t>6300108114</t>
+  </si>
+  <si>
+    <t>6300108121</t>
+  </si>
+  <si>
+    <t>6300108122</t>
+  </si>
+  <si>
+    <t>6300108123</t>
+  </si>
+  <si>
+    <t>6300108124</t>
+  </si>
+  <si>
+    <t>6300108137</t>
+  </si>
+  <si>
+    <t>LETRATAG kazetta műanyag, 12mm x4m, fehér</t>
+  </si>
+  <si>
+    <t>6300108144</t>
+  </si>
+  <si>
+    <t>6300108145</t>
+  </si>
+  <si>
+    <t>6300108146</t>
+  </si>
+  <si>
+    <t>6300108147</t>
+  </si>
+  <si>
+    <t>6300108148</t>
+  </si>
+  <si>
+    <t>6300108155</t>
+  </si>
+  <si>
+    <t>6300108156</t>
+  </si>
+  <si>
+    <t>6300108157</t>
+  </si>
+  <si>
+    <t>6300108160</t>
+  </si>
+  <si>
+    <t>6300108161</t>
+  </si>
+  <si>
+    <t>6300108162</t>
+  </si>
+  <si>
+    <t>6300108164</t>
+  </si>
+  <si>
+    <t>6300108166</t>
+  </si>
+  <si>
+    <t>6300108169</t>
+  </si>
+  <si>
+    <t>6300108170</t>
+  </si>
+  <si>
+    <t>6300108171</t>
+  </si>
+  <si>
+    <t>6300108172</t>
+  </si>
+  <si>
+    <t>6300108173</t>
+  </si>
+  <si>
+    <t>6300108174</t>
+  </si>
+  <si>
+    <t>6300108176</t>
+  </si>
+  <si>
+    <t>6300108177</t>
+  </si>
+  <si>
+    <t>6300108178</t>
+  </si>
+  <si>
+    <t>6300108185</t>
+  </si>
+  <si>
+    <t>1805442</t>
+  </si>
+  <si>
+    <t>6300108186</t>
+  </si>
+  <si>
+    <t>1805441</t>
+  </si>
+  <si>
+    <t>6300108189</t>
+  </si>
+  <si>
+    <t>1805416</t>
+  </si>
+  <si>
+    <t>6300108191</t>
+  </si>
+  <si>
+    <t>1805414</t>
+  </si>
+  <si>
+    <t>6300108194</t>
+  </si>
+  <si>
+    <t>1805243</t>
+  </si>
+  <si>
+    <t>6300108197</t>
+  </si>
+  <si>
+    <t>622289</t>
+  </si>
+  <si>
+    <t>6300108198</t>
+  </si>
+  <si>
+    <t>1805422</t>
+  </si>
+  <si>
+    <t>6300108200</t>
+  </si>
+  <si>
+    <t>1805420</t>
+  </si>
+  <si>
+    <t>6300108203</t>
+  </si>
+  <si>
+    <t>1805417</t>
+  </si>
+  <si>
+    <t>6300108204</t>
+  </si>
+  <si>
+    <t>1805436</t>
+  </si>
+  <si>
+    <t>6300108205</t>
+  </si>
+  <si>
+    <t>622290</t>
+  </si>
+  <si>
+    <t>6300108206</t>
+  </si>
+  <si>
+    <t>1805431</t>
+  </si>
+  <si>
+    <t>6300108207</t>
+  </si>
+  <si>
+    <t>1805430</t>
+  </si>
+  <si>
+    <t>6300108212</t>
+  </si>
+  <si>
+    <t>1805425</t>
+  </si>
+  <si>
+    <t>6300108213</t>
+  </si>
+  <si>
+    <t>1805424</t>
+  </si>
+  <si>
+    <t>6300108215</t>
+  </si>
+  <si>
+    <t>1805432</t>
+  </si>
+  <si>
+    <t>6300108218</t>
+  </si>
+  <si>
+    <t>1805443</t>
+  </si>
+  <si>
+    <t>6300108219</t>
+  </si>
+  <si>
+    <t>1805444</t>
+  </si>
+  <si>
+    <t>6300108220</t>
+  </si>
+  <si>
+    <t>6300108223</t>
+  </si>
+  <si>
+    <t>19757</t>
+  </si>
+  <si>
+    <t>6300108261</t>
+  </si>
+  <si>
+    <t>Tartós címke  (25mm x 89mm) ÚJ TERMÉK! 700 címke/tekercs</t>
+  </si>
+  <si>
+    <t>1933081</t>
+  </si>
+  <si>
+    <t>6300108262</t>
+  </si>
+  <si>
+    <t>1933083</t>
+  </si>
+  <si>
+    <t>6300108263</t>
+  </si>
+  <si>
+    <t>1933084</t>
+  </si>
+  <si>
+    <t>6300108264</t>
+  </si>
+  <si>
+    <t>1933085</t>
+  </si>
+  <si>
+    <t>6300108265</t>
+  </si>
+  <si>
+    <t>1933086</t>
+  </si>
+  <si>
+    <t>6300108266</t>
+  </si>
+  <si>
+    <t>1933087</t>
+  </si>
+  <si>
+    <t>6300108267</t>
+  </si>
+  <si>
+    <t>1933088</t>
+  </si>
+  <si>
+    <t>6300108269</t>
+  </si>
+  <si>
+    <t>1976411</t>
+  </si>
+  <si>
+    <t>6300108272</t>
+  </si>
+  <si>
+    <t>DYMO tartós D1 szalag  (12 mm x 5,5 M), fekete fehéren</t>
+  </si>
+  <si>
+    <t>1978364</t>
+  </si>
+  <si>
+    <t>6300108273</t>
+  </si>
+  <si>
+    <t>1978365</t>
+  </si>
+  <si>
+    <t>6300108274</t>
+  </si>
+  <si>
+    <t>1978366</t>
+  </si>
+  <si>
+    <t>6300108275</t>
+  </si>
+  <si>
+    <t>1978367</t>
+  </si>
+  <si>
+    <t>6300108276</t>
+  </si>
+  <si>
+    <t>6300108277</t>
+  </si>
+  <si>
+    <t>6300108278</t>
+  </si>
+  <si>
+    <t>6300108299</t>
+  </si>
+  <si>
+    <t>1868810</t>
+  </si>
+  <si>
+    <t>6300108334</t>
+  </si>
+  <si>
+    <t>1868811</t>
+  </si>
+  <si>
+    <t>6300108385</t>
+  </si>
+  <si>
+    <t>1868809</t>
+  </si>
+  <si>
+    <t>6300108407</t>
+  </si>
+  <si>
+    <t>2000931</t>
+  </si>
+  <si>
+    <t>6300108408</t>
+  </si>
+  <si>
+    <t>Dymo Labelwriter 450 Duo etikett- és szalagnyomtató</t>
+  </si>
+  <si>
+    <t>S0838920</t>
+  </si>
+  <si>
+    <t>6300108416</t>
+  </si>
+  <si>
+    <t>1852994</t>
+  </si>
+  <si>
+    <t>6300108417</t>
+  </si>
+  <si>
+    <t>2112722</t>
+  </si>
+  <si>
+    <t>6300108418</t>
+  </si>
+  <si>
+    <t>2112723</t>
+  </si>
+  <si>
+    <t>6300108419</t>
+  </si>
+  <si>
+    <t>2112725</t>
+  </si>
+  <si>
+    <t>6300108428</t>
+  </si>
+  <si>
+    <t>2133400</t>
+  </si>
+  <si>
+    <t>6300108430</t>
+  </si>
+  <si>
+    <t>2094492</t>
+  </si>
+  <si>
+    <t>6300108431</t>
+  </si>
+  <si>
+    <t>2091152</t>
+  </si>
+  <si>
+    <t>6300108432</t>
+  </si>
+  <si>
+    <t>2122966</t>
+  </si>
+  <si>
+    <t>6300108433</t>
+  </si>
+  <si>
+    <t>6300108434</t>
+  </si>
+  <si>
+    <t>D1 kazetta,  9mmx7m, fekete/fehér VALUE PACK 10 db 9 áráért</t>
+  </si>
+  <si>
+    <t>2093096</t>
+  </si>
+  <si>
+    <t>6300108435</t>
+  </si>
+  <si>
+    <t>D1 kazetta, 19mmx7m, fekete/fehér VALUE PACK 10 db 9 áráért</t>
+  </si>
+  <si>
+    <t>2093098</t>
+  </si>
+  <si>
+    <t>6300108437</t>
+  </si>
+  <si>
+    <t>12268</t>
+  </si>
+  <si>
+    <t>6300108440</t>
+  </si>
+  <si>
+    <t>6300108441</t>
+  </si>
+  <si>
+    <t>59424</t>
+  </si>
+  <si>
+    <t>6300108442</t>
+  </si>
+  <si>
+    <t>59425</t>
+  </si>
+  <si>
+    <t>6300108443</t>
+  </si>
+  <si>
+    <t>59426</t>
+  </si>
+  <si>
+    <t>6300108444</t>
+  </si>
+  <si>
+    <t>59429</t>
+  </si>
+  <si>
+    <t>6300108445</t>
+  </si>
+  <si>
+    <t>6300108769</t>
+  </si>
+  <si>
+    <t>2093097</t>
+  </si>
+  <si>
+    <t>6300108795</t>
+  </si>
+  <si>
+    <t>DYMO LM 160 szalagnyomtató 3d 4013-as kazettával</t>
+  </si>
+  <si>
+    <t>2142267</t>
+  </si>
+  <si>
+    <t>6300108976</t>
+  </si>
+  <si>
+    <t>Dymo Letratag XR nyomtató</t>
+  </si>
+  <si>
+    <t>2186816</t>
+  </si>
+  <si>
+    <t>6300109189</t>
+  </si>
+  <si>
+    <t>Dymo ID1-es PVC szalag 12mmx5,5m fehér/fekete</t>
+  </si>
+  <si>
+    <t>1805435</t>
+  </si>
+  <si>
+    <t>6300109221</t>
+  </si>
+  <si>
+    <t>Dymo ID1-es PVC szalag 9mmx5,5m fehér/fekete</t>
+  </si>
+  <si>
+    <t>1805437</t>
+  </si>
+  <si>
+    <t>6300109339</t>
+  </si>
+  <si>
+    <t>LT100T PRINTER QWY Silver EU</t>
+  </si>
+  <si>
+    <t>2174593</t>
+  </si>
+  <si>
+    <t>6300109340</t>
+  </si>
+  <si>
+    <t>DYMO LM 160 hordozható feliratozógép-QWERTY</t>
+  </si>
+  <si>
+    <t>2174612</t>
+  </si>
+  <si>
+    <t>6300109341</t>
+  </si>
+  <si>
+    <t>ÁLLATORVOSI CÍMKÉK 70x 54mm</t>
+  </si>
+  <si>
+    <t>2187328</t>
+  </si>
+  <si>
+    <t>6300109342</t>
+  </si>
+  <si>
+    <t>KÉSZLETFORGÁS ETIKETT 70x 54mm</t>
+  </si>
+  <si>
+    <t>2187329</t>
+  </si>
+  <si>
+    <t>6300109343</t>
+  </si>
+  <si>
+    <t>ÉKSZER/ÁRCÍMKE  54 x 11 mm</t>
+  </si>
+  <si>
+    <t>2191635</t>
+  </si>
+  <si>
+    <t>6300109344</t>
+  </si>
+  <si>
+    <t>PAPÍR NYUGTA 57 mm x 91 m</t>
+  </si>
+  <si>
+    <t>2191636</t>
+  </si>
+  <si>
+    <t>6300109345</t>
+  </si>
+  <si>
+    <t>LM Executive 640 CB címkenyomtató</t>
+  </si>
+  <si>
+    <t>2197370</t>
+  </si>
+  <si>
+    <t>6300109346</t>
+  </si>
+  <si>
+    <t>LM Executive 640 CB KÉSZLET</t>
+  </si>
+  <si>
+    <t>2202105</t>
+  </si>
+  <si>
+    <t>6300109347</t>
+  </si>
+  <si>
+    <t>Letratag 200B Bluetooth nyomtató</t>
+  </si>
+  <si>
+    <t>x2005</t>
+  </si>
+  <si>
+    <t>6300109348</t>
+  </si>
+  <si>
+    <t>Letratag 200B Bluetooth nyomtató+1 szalag</t>
+  </si>
+  <si>
+    <t>x2006</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Ezres" xfId="1" builtinId="3"/>
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022 téma">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1204,51 +1992,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1346,3710 +2134,3878 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A23B6DB5-9A1F-41B9-9CBF-5DB36F6A4914}">
-  <dimension ref="A1:F182"/>
+  <dimension ref="A1:F190"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="109.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="7" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="1">
-[...2 lines deleted...]
-      <c r="B2" t="s">
+      <c r="A2" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="4">
+        <v>97920</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="4">
+        <v>189100</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="4">
+        <v>173600</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="4">
+        <v>8820</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="4">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="4">
+        <v>7140</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="4">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="4">
+        <v>18900</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="4">
+        <v>9040</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="4">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="4">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="4">
+        <v>30240</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="4">
+        <v>19540</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="4">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" s="4">
+        <v>21420</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="4">
+        <v>17440</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="4">
+        <v>19320</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F20" s="4">
+        <v>9440</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" s="4">
+        <v>18700</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" s="4">
+        <v>23400</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="4">
+        <v>19120</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="4">
+        <v>38160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="4">
+        <v>23300</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" s="4">
+        <v>144600</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" s="4">
+        <v>197800</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="4">
+        <v>23460</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F29" s="4">
+        <v>12400</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" s="4">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="4">
+        <v>16180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="4">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F33" s="4">
+        <v>16180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" s="4">
+        <v>12400</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F35" s="4">
+        <v>13440</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F36" s="4">
+        <v>15120</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" s="4">
+        <v>13440</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F38" s="4">
+        <v>15120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F39" s="4">
+        <v>12400</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F40" s="4">
+        <v>10760</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F41" s="4">
+        <v>10080</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F42" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F43" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F45" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F46" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F47" s="4">
+        <v>10800</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F48" s="4">
+        <v>10080</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F49" s="4">
+        <v>9040</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" s="4">
+        <v>10080</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F52" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F53" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F54" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F55" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F56" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F57" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F58" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F59" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F60" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F61" s="4">
+        <v>10920</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F63" s="4">
+        <v>12800</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F65" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F66" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F67" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F68" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F69" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="4">
+        <v>16800</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="4">
+        <v>16800</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" s="4">
+        <v>16800</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="4">
+        <v>16800</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="4">
+        <v>16800</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F76" s="4">
+        <v>20800</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="4">
+        <v>20800</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F78" s="4">
+        <v>21800</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="4">
+        <v>21800</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" s="4">
+        <v>23100</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F81" s="4">
+        <v>23100</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F82" s="4">
+        <v>25200</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F83" s="4">
+        <v>25200</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F84" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" s="4">
+        <v>12180</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F88" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F89" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F90" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="4">
+        <v>18480</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F92" s="4">
+        <v>18480</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F93" s="4">
+        <v>18480</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F94" s="4">
+        <v>18480</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F95" s="4">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F96" s="4">
+        <v>283400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F97" s="4">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F98" s="4">
+        <v>7840</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F99" s="4">
+        <v>7840</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F100" s="4">
+        <v>9400</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F101" s="4">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F102" s="4">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F103" s="4">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F104" s="4">
+        <v>105000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F105" s="4">
+        <v>7360</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F106" s="4">
+        <v>12180</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F107" s="4">
+        <v>10720</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F108" s="4">
+        <v>36800</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F109" s="4">
+        <v>104040</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F110" s="4">
+        <v>47400</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F111" s="4">
+        <v>193800</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F112" s="4">
+        <v>74000</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F113" s="4">
+        <v>9460</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F114" s="4">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F115" s="4">
+        <v>35000</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F116" s="4">
+        <v>47460</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F117" s="4">
+        <v>58800</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F118" s="4">
+        <v>11980</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F119" s="4">
+        <v>11980</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F120" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F121" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F122" s="4">
+        <v>13240</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F123" s="4">
+        <v>13440</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F124" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F125" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F126" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F127" s="4">
+        <v>14280</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F128" s="4">
+        <v>15120</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F129" s="4">
+        <v>19200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F130" s="4">
+        <v>19200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F131" s="4">
+        <v>19200</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F132" s="4">
+        <v>19200</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F133" s="4">
+        <v>19200</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F134" s="4">
+        <v>31800</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F135" s="4">
+        <v>31800</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F136" s="4">
+        <v>56000</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F137" s="4">
+        <v>24700</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F138" s="4">
+        <v>67000</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F139" s="4">
+        <v>67000</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A140" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F140" s="4">
+        <v>88620</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B141" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F141" s="4">
+        <v>67000</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F142" s="4">
+        <v>114400</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="B143" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C143" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F143" s="4">
+        <v>95200</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F144" s="4">
+        <v>88620</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="B145" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C145" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F145" s="4">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F146" s="4">
+        <v>11760</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C147" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="4">
+        <v>7560</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="B148" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F148" s="4">
+        <v>7560</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F149" s="4">
+        <v>7560</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B150" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C2" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="3" t="s">
+      <c r="C150" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E2" s="1" t="s">
-[...130 lines deleted...]
-      <c r="B9" t="s">
+      <c r="E150" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F150" s="4">
+        <v>16600</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="B151" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C151" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" s="4">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="B152" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F152" s="4">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="B153" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C153" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F153" s="4">
+        <v>63200</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B154" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C154" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F154" s="4">
+        <v>70000</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B155" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C155" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="E155" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" s="4">
+        <v>55440</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="B156" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C156" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" s="4">
+        <v>141160</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="B157" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="C157" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" s="4">
+        <v>189100</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="B158" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C158" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="4">
+        <v>109140</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="4">
+        <v>73000</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" s="4">
+        <v>141000</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="B161" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
-[...76 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C161" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="E161" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" s="4">
+        <v>166400</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="B162" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" s="4">
+        <v>17440</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="B163" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" s="4">
+        <v>47400</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="B164" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C13" t="s">
-[...1059 lines deleted...]
-      <c r="D66" s="3" t="s">
+      <c r="C164" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F164" s="4">
+        <v>81600</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B165" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C165" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F165" s="4">
+        <v>264600</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F166" s="4">
+        <v>135200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="B167" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="E167" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="4">
+        <v>85140</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F168" s="4">
+        <v>115200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="B169" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C169" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="E169" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" s="4">
+        <v>5100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B170" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F170" s="4">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B171" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F171" s="4">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F172" s="4">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F173" s="4">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C174" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="E174" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="4">
+        <v>5460</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" s="4">
+        <v>10500</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="B176" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="E66" s="1" t="s">
-[...10 lines deleted...]
-      <c r="B67" t="s">
+      <c r="C176" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="E176" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="C67" t="s">
-[...2189 lines deleted...]
-        <v>81140</v>
+      <c r="F176" s="4">
+        <v>90720</v>
       </c>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A177" s="1">
-[...15 lines deleted...]
-        <v>15620</v>
+      <c r="A177" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="B177" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="C177" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="4">
+        <v>29400</v>
       </c>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A178" s="1">
-[...15 lines deleted...]
-        <v>61300</v>
+      <c r="A178" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="C178" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="E178" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="4">
+        <v>21000</v>
       </c>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A179" s="1">
-[...15 lines deleted...]
-        <v>6600</v>
+      <c r="A179" s="4" t="s">
+        <v>540</v>
+      </c>
+      <c r="B179" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="C179" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="4">
+        <v>13240</v>
       </c>
     </row>
     <row r="180" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A180" s="1">
-[...15 lines deleted...]
-        <v>29040</v>
+      <c r="A180" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="C180" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F180" s="4">
+        <v>12180</v>
       </c>
     </row>
     <row r="181" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A181" s="1">
-[...15 lines deleted...]
-        <v>29040</v>
+      <c r="A181" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B181" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="C181" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="E181" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="4">
+        <v>24700</v>
       </c>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A182" s="1">
-[...15 lines deleted...]
-        <v>9640</v>
+      <c r="A182" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="B182" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="C182" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F182" s="4">
+        <v>28400</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="C183" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="4">
+        <v>18920</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="C184" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="4">
+        <v>18920</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="B185" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="C185" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="E185" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="4">
+        <v>34100</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="4">
+        <v>34100</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="B187" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="C187" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="E187" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="4">
+        <v>79560</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="B188" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="4">
+        <v>92820</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="B189" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="C189" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="E189" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="4">
+        <v>24700</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A190" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B190" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="C190" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="4">
+        <v>27200</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G191">
+    <sortCondition ref="A2:A191"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Munka1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>